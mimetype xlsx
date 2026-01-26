--- v0 (2026-01-05)
+++ v1 (2026-01-26)
@@ -1,113 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29602"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rfrese\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C5D10315-A6B3-45FD-AC6F-8D300B860B04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ABD7BFA5-EF20-4749-90F3-91529D9A1D08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0FC537D8-7526-46B8-983C-524334E71DC0}"/>
+    <workbookView xWindow="3120" yWindow="3120" windowWidth="19185" windowHeight="10065" xr2:uid="{0FC537D8-7526-46B8-983C-524334E71DC0}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$C$45</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="154">
   <si>
     <t>WANS</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t xml:space="preserve">Nicholas S Berry, MNA, CRNA </t>
   </si>
   <si>
     <t>nberry84@gmail.com</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
-    <t>Last Updated: 12/8/25</t>
-[...1 lines deleted...]
-  <si>
     <t>Dannelle L Paz, DNP, MNA, BSN, CRNA</t>
   </si>
   <si>
     <t>dannellep@yahoo.com</t>
   </si>
   <si>
     <t>Katherine Pehler Ricciardone, MSN, BSN, CRNA</t>
   </si>
   <si>
     <t>pehlekj@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">Angela L Fountain, DNP, CRNA </t>
   </si>
   <si>
     <t>angifountain@yahoo.com</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Ernest A Quier, CRNA</t>
   </si>
   <si>
     <t>equier@phoenixmed.org</t>
@@ -412,50 +409,56 @@
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>Crystal Hunnicutt, DNAP, CRNA</t>
   </si>
   <si>
     <t>hunnicuttcl@vcu.edu</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Sarah R Bellenger, MBA, MSN, CRNA, LTC(ret)</t>
   </si>
   <si>
     <t>sarahbee@me.com</t>
   </si>
   <si>
     <t>Kristina Heering, CRNA</t>
   </si>
   <si>
     <t>kcourtn2@gmail.com</t>
   </si>
   <si>
+    <t>Diane C Tanner, MSNA, CRNA</t>
+  </si>
+  <si>
+    <t>dianebtanner42@gmail.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bridget Petrillo, MS, CRNA </t>
   </si>
   <si>
     <t>bridget.petrillo@gmail.com</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>Nicole Danielle MacSwain, CRNA</t>
   </si>
   <si>
     <t>nicoledstearns13@gmail.com</t>
   </si>
   <si>
     <t>Derek D Washer, DNP, MBA, MSNA, CRNA</t>
   </si>
   <si>
     <t>derekwasher@yahoo.com</t>
   </si>
   <si>
     <t>Michael Andrepont-Aycock, MSN, CRNA, APRN, PMHNP-BC</t>
   </si>
   <si>
     <t>mikeaycock@prodigy.net</t>
@@ -497,57 +500,60 @@
     <t>mycrna@gmail.com</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>Candace Wills, MSNA, CRNA, APNP</t>
   </si>
   <si>
     <t>cwillscrna@gmail.com</t>
   </si>
   <si>
     <t>Megan Michele Maine, MHS, BSN, CRNA</t>
   </si>
   <si>
     <t>shepardme59@gmail.com</t>
   </si>
   <si>
     <t>WV</t>
   </si>
   <si>
     <t>Lisa L McKenzie, DNAP, CRNA</t>
   </si>
   <si>
     <t>lmckz70@gmail.com</t>
+  </si>
+  <si>
+    <t>Last Updated: 1/5/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -672,100 +678,108 @@
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1061,809 +1075,835 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.vanpelt@northeastern.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmmartucciello@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khiscox7@yahoo.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcourtn2@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mycrna@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrewmcguire.crna@outlook.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeffreyfehder@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlovern@samford.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivypetals@hotmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bridget.petrillo@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmckz70@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicoledstearns13@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anesthesiaPRN@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lomartin@augusta.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shepardme59@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gustintandy@hotmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danicadm@hotmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kafoster1223@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hunnicuttcl@vcu.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gasprincess@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09danielle.lion@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarahbee@me.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:derekwasher@yahoo.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolyn.e.boyle@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smshields33@msn.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbeddow1@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mayte0612@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwitsberger@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swoodycrna@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kchem@augusta.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pehlekj@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashleyjeanine@aol.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steege.jenna@mayo.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gja27@georgetown.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddiaz@aanabod.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cwillscrna@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crna212@aol.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjimes7@aol.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:burnsmullett@aol.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09diannaheikkilacrna@msn.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaneymk@mail.uc.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adamdurant@live.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egay@augusta.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikeaycock@prodigy.net" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anknee44@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nursebjones@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emily.funk@duke.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amdawson01@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dannellep@yahoo.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.vanpelt@northeastern.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmmartucciello@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khiscox7@yahoo.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcourtn2@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mycrna@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrewmcguire.crna@outlook.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeffreyfehder@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlovern@samford.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianebtanner42@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivypetals@hotmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bridget.petrillo@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmckz70@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicoledstearns13@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anesthesiaPRN@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lomartin@augusta.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shepardme59@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gustintandy@hotmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danicadm@hotmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kafoster1223@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hunnicuttcl@vcu.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gasprincess@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09danielle.lion@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarahbee@me.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:derekwasher@yahoo.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolyn.e.boyle@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smshields33@msn.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbeddow1@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mayte0612@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwitsberger@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swoodycrna@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kchem@augusta.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pehlekj@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashleyjeanine@aol.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steege.jenna@mayo.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gja27@georgetown.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddiaz@aanabod.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cwillscrna@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crna212@aol.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjimes7@aol.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:burnsmullett@aol.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09diannaheikkilacrna@msn.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaneymk@mail.uc.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adamdurant@live.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egay@augusta.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikeaycock@prodigy.net" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anknee44@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nursebjones@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emily.funk@duke.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amdawson01@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dannellep@yahoo.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F3C56EB-A98A-4701-A2A2-5EC7C2E27068}">
-  <dimension ref="A1:H59"/>
+  <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H9" sqref="H9"/>
+      <selection activeCell="H7" sqref="H7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="56.7109375" customWidth="1"/>
     <col min="2" max="2" width="39.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.85546875" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="21">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.35">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:8">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="B2" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="C2" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="F2" s="29" t="s">
+        <v>153</v>
+      </c>
+      <c r="G2" s="29"/>
+      <c r="H2" s="29"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="2"/>
-[...3 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="B3" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="7" t="s">
+      <c r="C3" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" s="29"/>
+      <c r="G3" s="29"/>
+      <c r="H3" s="29"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="8" t="s">
+      <c r="B4" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="2"/>
-[...7 lines deleted...]
-      <c r="B4" s="7" t="s">
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="B5" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="C5" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="6" t="s">
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="8" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="9" t="s">
+      <c r="B6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="9" t="s">
+      <c r="C6" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="8" t="s">
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="4" t="s">
+      <c r="B7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="C7" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="8" t="s">
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="4" t="s">
+      <c r="B8" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="7" t="s">
+      <c r="C8" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="8" t="s">
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="4" t="s">
+      <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="7" t="s">
+      <c r="C9" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="8" t="s">
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="4" t="s">
+      <c r="B10" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="7" t="s">
+      <c r="C10" s="7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="4" t="s">
+      <c r="B11" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="5" t="s">
+      <c r="C11" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="6" t="s">
+    </row>
+    <row r="12" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="10" t="s">
+      <c r="B12" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="11" t="s">
+      <c r="C12" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C12" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="B13" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="7" t="s">
+      <c r="C13" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="B14" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="7" t="s">
+      <c r="C14" s="11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C14" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="B15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="7" t="s">
+      <c r="C15" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="8" t="s">
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="12" t="s">
         <v>39</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="13" t="s">
+      <c r="B16" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="B16" s="14" t="s">
+      <c r="C16" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C16" s="6" t="s">
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="14" t="s">
         <v>42</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="15" t="s">
+      <c r="B17" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="16" t="s">
+      <c r="C17" s="16" t="s">
         <v>44</v>
       </c>
-      <c r="C17" s="17" t="s">
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="12" t="s">
         <v>45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="13" t="s">
+      <c r="B18" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="B18" s="16" t="s">
+      <c r="C18" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="C18" s="18" t="s">
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="12" t="s">
         <v>48</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="13" t="s">
+      <c r="B19" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="B19" s="16" t="s">
+      <c r="C19" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C19" s="6" t="s">
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="12" t="s">
         <v>51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="13" t="s">
+      <c r="B20" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="B20" s="14" t="s">
+      <c r="C20" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="C20" s="6" t="s">
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>54</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="4" t="s">
+      <c r="B21" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="B21" s="7" t="s">
+      <c r="C21" s="7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C21" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="4" t="s">
+      <c r="B22" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B22" s="7" t="s">
+      <c r="C22" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="C22" s="8" t="s">
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="20" t="s">
         <v>59</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="21" t="s">
+      <c r="B23" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="B23" s="7" t="s">
+      <c r="C23" s="16" t="s">
         <v>61</v>
       </c>
-      <c r="C23" s="17" t="s">
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
         <v>62</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="4" t="s">
+      <c r="B24" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="B24" s="7" t="s">
+      <c r="C24" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="C24" s="8" t="s">
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="18" t="s">
         <v>65</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="19" t="s">
+      <c r="B25" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="B25" s="20" t="s">
+      <c r="C25" s="7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C25" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="4" t="s">
+      <c r="B26" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="B26" s="7" t="s">
+      <c r="C26" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="C26" s="8" t="s">
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="20" t="s">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="21" t="s">
+      <c r="B27" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="B27" s="7" t="s">
+      <c r="C27" s="16" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="C27" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="15" t="s">
+      <c r="B28" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="B28" s="16" t="s">
+      <c r="C28" s="16" t="s">
         <v>74</v>
       </c>
-      <c r="C28" s="17" t="s">
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="14" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="15" t="s">
+      <c r="B29" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="B29" s="16" t="s">
+      <c r="C29" s="16" t="s">
         <v>77</v>
       </c>
-      <c r="C29" s="17" t="s">
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
         <v>78</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="4" t="s">
+      <c r="B30" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="B30" s="7" t="s">
+      <c r="C30" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="C30" s="6" t="s">
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="4" t="s">
+      <c r="B31" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="B31" s="7" t="s">
+      <c r="C31" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="C31" s="8" t="s">
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="20" t="s">
         <v>84</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="21" t="s">
+      <c r="B32" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="B32" s="7" t="s">
+      <c r="C32" s="16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="12" t="s">
         <v>86</v>
       </c>
-      <c r="C32" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="13" t="s">
+      <c r="B33" s="13" t="s">
         <v>87</v>
       </c>
-      <c r="B33" s="14" t="s">
+      <c r="C33" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="C33" s="6" t="s">
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="4" t="s">
+      <c r="B34" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="B34" s="7" t="s">
+      <c r="C34" s="7" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="20" t="s">
         <v>91</v>
       </c>
-      <c r="C34" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A35" s="21" t="s">
+      <c r="B35" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="B35" s="7" t="s">
+      <c r="C35" s="16" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="C35" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A36" s="4" t="s">
+      <c r="B36" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="B36" s="5" t="s">
+      <c r="C36" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="C36" s="6" t="s">
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
         <v>96</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="4" t="s">
+      <c r="B37" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="B37" s="7" t="s">
+      <c r="C37" s="7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="C37" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="4" t="s">
+      <c r="B38" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="B38" s="7" t="s">
+      <c r="C38" s="7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C38" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="4" t="s">
+      <c r="B39" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="B39" s="7" t="s">
+      <c r="C39" s="7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C39" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A40" s="4" t="s">
+      <c r="B40" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="B40" s="5" t="s">
+      <c r="C40" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="C40" s="6" t="s">
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
         <v>105</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="4" t="s">
+      <c r="B41" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="B41" s="7" t="s">
+      <c r="C41" s="7" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="20" t="s">
         <v>107</v>
       </c>
-      <c r="C41" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="21" t="s">
+      <c r="B42" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="B42" s="7" t="s">
+      <c r="C42" s="16" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C42" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="4" t="s">
+      <c r="B43" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="B43" s="7" t="s">
+      <c r="C43" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="C43" s="8" t="s">
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
         <v>112</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="4" t="s">
+      <c r="B44" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="B44" s="7" t="s">
+      <c r="C44" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="C44" s="6" t="s">
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
         <v>115</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="4" t="s">
+      <c r="B45" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="B45" s="7" t="s">
+      <c r="C45" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="C45" s="8" t="s">
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
         <v>118</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="4" t="s">
+      <c r="B46" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="B46" s="7" t="s">
+      <c r="C46" s="7" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A47" s="20" t="s">
         <v>120</v>
       </c>
-      <c r="C46" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A47" s="21" t="s">
+      <c r="B47" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="B47" s="7" t="s">
+      <c r="C47" s="16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A48" s="25" t="s">
         <v>122</v>
       </c>
-      <c r="C47" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A48" s="4" t="s">
+      <c r="B48" s="26" t="s">
         <v>123</v>
       </c>
-      <c r="B48" s="7" t="s">
+      <c r="C48" s="27" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="21" t="s">
         <v>124</v>
       </c>
-      <c r="C48" s="6" t="s">
+      <c r="B49" s="22" t="s">
         <v>125</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="22" t="s">
+      <c r="C49" s="28" t="s">
         <v>126</v>
       </c>
-      <c r="B49" s="23" t="s">
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C49" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A50" s="21" t="s">
+      <c r="B50" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="B50" s="7" t="s">
+      <c r="C50" s="23" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" s="20" t="s">
         <v>129</v>
       </c>
-      <c r="C50" s="25" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="21" t="s">
+      <c r="B51" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="B51" s="7" t="s">
+      <c r="C51" s="24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="20" t="s">
         <v>131</v>
       </c>
-      <c r="C51" s="25" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="21" t="s">
+      <c r="B52" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="B52" s="7" t="s">
+      <c r="C52" s="24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="20" t="s">
         <v>133</v>
       </c>
-      <c r="C52" s="25" t="s">
-[...4 lines deleted...]
-      <c r="A53" s="4" t="s">
+      <c r="B53" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="B53" s="7" t="s">
+      <c r="C53" s="16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="B54" s="6" t="s">
         <v>136</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="21" t="s">
+      <c r="C54" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="B54" s="7" t="s">
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="20" t="s">
         <v>138</v>
       </c>
-      <c r="C54" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A55" s="4" t="s">
+      <c r="B55" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="B55" s="7" t="s">
+      <c r="C55" s="16" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="C55" s="8" t="s">
+      <c r="B56" s="15" t="s">
         <v>141</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A56" s="13" t="s">
+      <c r="C56" s="23" t="s">
         <v>142</v>
       </c>
-      <c r="B56" s="16" t="s">
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A57" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="C56" s="24" t="s">
+      <c r="B57" s="15" t="s">
         <v>144</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="15" t="s">
+      <c r="C57" s="23" t="s">
         <v>145</v>
       </c>
-      <c r="B57" s="16" t="s">
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="14" t="s">
         <v>146</v>
       </c>
-      <c r="C57" s="25" t="s">
-[...4 lines deleted...]
-      <c r="A58" s="13" t="s">
+      <c r="B58" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="B58" s="16" t="s">
+      <c r="C58" s="24" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="12" t="s">
         <v>148</v>
       </c>
-      <c r="C58" s="24" t="s">
+      <c r="B59" s="15" t="s">
         <v>149</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="13" t="s">
+      <c r="C59" s="23" t="s">
         <v>150</v>
       </c>
-      <c r="B59" s="16" t="s">
+    </row>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A60" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="C59" s="24" t="s">
-        <v>149</v>
+      <c r="B60" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="C60" s="23" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C45" xr:uid="{5F3C56EB-A98A-4701-A2A2-5EC7C2E27068}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C59">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C60">
       <sortCondition ref="C1:C45"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="F2:H3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B18" r:id="rId1" display="mailto:amdawson01@gmail.com" xr:uid="{D032C3F4-AD35-4690-8A77-CAE68D62AAFB}"/>
-    <hyperlink ref="B48" r:id="rId2" display="mailto:bridget.petrillo@gmail.com" xr:uid="{B1E2BC9F-D134-449F-B427-F3BA1C81D0AA}"/>
+    <hyperlink ref="B49" r:id="rId2" display="mailto:bridget.petrillo@gmail.com" xr:uid="{B1E2BC9F-D134-449F-B427-F3BA1C81D0AA}"/>
     <hyperlink ref="B30" r:id="rId3" display="mailto:burnsmullett@aol.com" xr:uid="{3B05CDD6-C297-4860-99A1-E73E0D9861D6}"/>
     <hyperlink ref="B37" r:id="rId4" display="mailto:swoodycrna@gmail.com" xr:uid="{8FE0C58D-F5B5-47E1-B6F1-1879AA49B515}"/>
     <hyperlink ref="B45" r:id="rId5" display="mailto:hunnicuttcl@vcu.edu" xr:uid="{1087C4C4-509F-401F-AE2B-BA149BA584B5}"/>
     <hyperlink ref="B3" r:id="rId6" display="mailto:dannellep@yahoo.com" xr:uid="{F1A10148-7346-4267-8F97-5DFDD812C1FE}"/>
     <hyperlink ref="B26" r:id="rId7" display="mailto:ivypetals@hotmail.com" xr:uid="{17B748A6-0BFE-4745-9D71-1A8F523F81AD}"/>
     <hyperlink ref="B19" r:id="rId8" display="mailto:jjimes7@aol.com" xr:uid="{2E1D4BA7-45B3-4E41-9A98-34F324094430}"/>
     <hyperlink ref="B12" r:id="rId9" display="mailto:kchem@augusta.edu" xr:uid="{C90CF889-F5F6-4A00-B28F-AE74CFFF79D6}"/>
     <hyperlink ref="B8" r:id="rId10" display="mailto:smshields33@msn.com" xr:uid="{BC275086-727C-4700-9C6B-DBEDC579ECCC}"/>
     <hyperlink ref="B15" r:id="rId11" display="mailto:anesthesiaPRN@gmail.com" xr:uid="{33D36BDC-731E-474A-BAEC-098B5ECD0ADF}"/>
     <hyperlink ref="B24" r:id="rId12" display="mailto:%09diannaheikkilacrna@msn.com" xr:uid="{E2D712A2-A758-41D3-BCBC-BFDE73F99287}"/>
     <hyperlink ref="B21" r:id="rId13" display="mailto:m.vanpelt@northeastern.edu" xr:uid="{E013942A-05F9-4E51-A7F6-9006BCEDE0A0}"/>
     <hyperlink ref="B4" r:id="rId14" display="mailto:pehlekj@gmail.com" xr:uid="{0849E077-92AB-4B90-9693-3719FAB397CA}"/>
-    <hyperlink ref="B53" r:id="rId15" display="mailto:gasprincess@gmail.com" xr:uid="{A42276E9-A611-4703-B136-7A65E25C6FFF}"/>
-    <hyperlink ref="B59" r:id="rId16" display="mailto:lmckz70@gmail.com" xr:uid="{864A228C-6400-4B55-A614-51DD8AA68795}"/>
+    <hyperlink ref="B54" r:id="rId15" display="mailto:gasprincess@gmail.com" xr:uid="{A42276E9-A611-4703-B136-7A65E25C6FFF}"/>
+    <hyperlink ref="B60" r:id="rId16" display="mailto:lmckz70@gmail.com" xr:uid="{864A228C-6400-4B55-A614-51DD8AA68795}"/>
     <hyperlink ref="B39" r:id="rId17" display="mailto:chaneymk@mail.uc.edu" xr:uid="{66F02E35-3204-4380-8251-AD80D91A1696}"/>
     <hyperlink ref="B34" r:id="rId18" display="mailto:gmmartucciello@gmail.com" xr:uid="{BF6AB743-1110-409C-AEB4-9968DE1FC7E3}"/>
     <hyperlink ref="B22" r:id="rId19" display="mailto:sbeddow1@gmail.com" xr:uid="{680489F3-9309-4031-9623-90B981167A58}"/>
-    <hyperlink ref="B55" r:id="rId20" display="mailto:nursebjones@gmail.com" xr:uid="{B38D40E0-781C-4F20-8603-2FD356CECB7A}"/>
-    <hyperlink ref="B56" r:id="rId21" display="mailto:mycrna@gmail.com" xr:uid="{B1AB70C2-5822-41C3-AA67-CE81D425A0C1}"/>
+    <hyperlink ref="B56" r:id="rId20" display="mailto:nursebjones@gmail.com" xr:uid="{B38D40E0-781C-4F20-8603-2FD356CECB7A}"/>
+    <hyperlink ref="B57" r:id="rId21" display="mailto:mycrna@gmail.com" xr:uid="{B1AB70C2-5822-41C3-AA67-CE81D425A0C1}"/>
     <hyperlink ref="B38" r:id="rId22" display="mailto:ashleyjeanine@aol.com" xr:uid="{6A5A9398-DEA4-4384-B955-968A5D172B61}"/>
     <hyperlink ref="B31" r:id="rId23" display="mailto:%09danielle.lion@gmail.com" xr:uid="{A0C505BE-4894-4762-8BC9-9332C8FA6313}"/>
     <hyperlink ref="B13" r:id="rId24" display="mailto:lomartin@augusta.edu" xr:uid="{078DB47D-48AD-4291-AB8A-0D8B9BBC2E5D}"/>
     <hyperlink ref="B44" r:id="rId25" display="mailto:adamdurant@live.com" xr:uid="{6EB8EF74-1390-46BA-8E0E-4A2ED7ADB183}"/>
     <hyperlink ref="B9" r:id="rId26" display="mailto:khiscox7@yahoo.com" xr:uid="{C9B7FF79-BDBC-480C-8B53-C672D8729787}"/>
     <hyperlink ref="B25" r:id="rId27" display="mailto:steege.jenna@mayo.edu" xr:uid="{182241C9-F6E7-4FF7-91D3-E335E0D83129}"/>
     <hyperlink ref="B46" r:id="rId28" display="mailto:sarahbee@me.com" xr:uid="{B4E815CA-7623-42BC-BEB5-A293AAC3446A}"/>
-    <hyperlink ref="B49" r:id="rId29" display="mailto:nicoledstearns13@gmail.com" xr:uid="{DBD3408E-4817-42A6-861F-F8671F33D651}"/>
+    <hyperlink ref="B50" r:id="rId29" display="mailto:nicoledstearns13@gmail.com" xr:uid="{DBD3408E-4817-42A6-861F-F8671F33D651}"/>
     <hyperlink ref="B7" r:id="rId30" display="mailto:gja27@georgetown.edu" xr:uid="{7777D63D-60D5-4B8D-8E85-781AF64C4BC8}"/>
     <hyperlink ref="B10" r:id="rId31" display="mailto:mayte0612@gmail.com" xr:uid="{B7EADCCC-84F0-49B5-A562-35CB9017DFA0}"/>
-    <hyperlink ref="B58" r:id="rId32" display="mailto:shepardme59@gmail.com" xr:uid="{DA32FC10-E370-49CB-B608-6C36B90CA526}"/>
+    <hyperlink ref="B59" r:id="rId32" display="mailto:shepardme59@gmail.com" xr:uid="{DA32FC10-E370-49CB-B608-6C36B90CA526}"/>
     <hyperlink ref="B14" r:id="rId33" display="mailto:egay@augusta.edu" xr:uid="{A4106292-31D2-4955-8B3C-C4B790ADDB38}"/>
     <hyperlink ref="B41" r:id="rId34" display="mailto:andrewmcguire.crna@outlook.com" xr:uid="{2787C9AB-E454-4B29-ADC6-14232A62CAFC}"/>
     <hyperlink ref="B43" r:id="rId35" display="mailto:ddiaz@aanabod.com" xr:uid="{E9F9EA77-5D8C-4F96-B64B-34F4F3146353}"/>
-    <hyperlink ref="B50" r:id="rId36" xr:uid="{FB91A0AA-9877-496E-A760-0C720A3CAB11}"/>
-[...1 lines deleted...]
-    <hyperlink ref="B51" r:id="rId38" xr:uid="{8CE984AC-5EFB-4F36-9352-C88F545FFF8F}"/>
+    <hyperlink ref="B51" r:id="rId36" xr:uid="{FB91A0AA-9877-496E-A760-0C720A3CAB11}"/>
+    <hyperlink ref="B55" r:id="rId37" xr:uid="{D15320E0-952A-4D9E-9818-2C1E3A190656}"/>
+    <hyperlink ref="B52" r:id="rId38" xr:uid="{8CE984AC-5EFB-4F36-9352-C88F545FFF8F}"/>
     <hyperlink ref="B47" r:id="rId39" xr:uid="{34395DA2-27EB-4CDB-BF96-373D263481B6}"/>
     <hyperlink ref="B17" r:id="rId40" xr:uid="{E6F5D1D6-678B-4E2C-A4C9-241FB1241B2F}"/>
     <hyperlink ref="B29" r:id="rId41" xr:uid="{B382FCD1-F500-45C4-B04B-6CD749B86B2F}"/>
     <hyperlink ref="B32" r:id="rId42" xr:uid="{067D7A76-63C3-42E7-BC21-25169A24EFD7}"/>
-    <hyperlink ref="B57" r:id="rId43" xr:uid="{E4DAEEE1-DD00-45A0-9431-ACD41F99A845}"/>
+    <hyperlink ref="B58" r:id="rId43" xr:uid="{E4DAEEE1-DD00-45A0-9431-ACD41F99A845}"/>
     <hyperlink ref="B27" r:id="rId44" xr:uid="{AB7766C3-54AC-4B35-BBBD-1EAA7927C45C}"/>
     <hyperlink ref="B42" r:id="rId45" xr:uid="{6476B936-3F63-4BD7-8619-539DE175BBC0}"/>
     <hyperlink ref="B23" r:id="rId46" xr:uid="{627A1D09-66C8-4AAC-A6E9-871B88279C25}"/>
     <hyperlink ref="B28" r:id="rId47" xr:uid="{01DB0D21-5125-4F2D-9D5D-05252600147D}"/>
     <hyperlink ref="B35" r:id="rId48" xr:uid="{9D9B6559-BD84-4B57-AD07-3F650D61D71C}"/>
-    <hyperlink ref="B52" r:id="rId49" xr:uid="{B12A74A1-9EBF-4DA9-8111-768DB1F553D9}"/>
+    <hyperlink ref="B53" r:id="rId49" xr:uid="{B12A74A1-9EBF-4DA9-8111-768DB1F553D9}"/>
+    <hyperlink ref="B48" r:id="rId50" xr:uid="{10405DF8-3504-4C84-8F36-E3DBC32EB3C2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId50"/>
+  <pageSetup orientation="portrait" r:id="rId51"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="AANA Document" ma:contentTypeID="0x010100A75D9535432F1C40863FC503BEEEC9EE0D004EC19D7536B31C42B84AC214D8EE3D56" ma:contentTypeVersion="21" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="ed0a5e11fdb3ebafc3fbc30c14b560c4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns5="96e94859-7810-49b5-a037-e6566dac39c3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="227553f50f681a05e8ab0700d6090991" ns1:_="" ns2:_="" ns4:_="" ns5:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="433fd6c5-7e19-4512-a9f9-01e578268122" ContentTypeId="0x010100A75D9535432F1C40863FC503BEEEC9EE0D" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="AANA Document" ma:contentTypeID="0x010100A75D9535432F1C40863FC503BEEEC9EE0D004EC19D7536B31C42B84AC214D8EE3D56" ma:contentTypeVersion="21" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="d9a5f203d84705c0ffa801a83b5097b1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns5="96e94859-7810-49b5-a037-e6566dac39c3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8f5814d9bd13139319ef8530512e817" ns1:_="" ns2:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="96e94859-7810-49b5-a037-e6566dac39c3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns1:StartDate"/>
                 <xsd:element ref="ns4:_EndDate" minOccurs="0"/>
                 <xsd:element ref="ns5:AANAPublishWeb" minOccurs="0"/>
                 <xsd:element ref="ns2:f0a9494c369c4d7581c4ef4d8bff67af" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
@@ -2008,113 +2048,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxKeywordTaxHTField xmlns="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d" xsi:nil="true"/>
     <AANAPublishWeb xmlns="96e94859-7810-49b5-a037-e6566dac39c3">false</AANAPublishWeb>
     <_EndDate xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">2025-09-04T20:31:48+00:00</_EndDate>
     <TaxCatchAll xmlns="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d" xsi:nil="true"/>
     <StartDate xmlns="http://schemas.microsoft.com/sharepoint/v3">2025-09-04T20:31:48+00:00</StartDate>
     <f0a9494c369c4d7581c4ef4d8bff67af xmlns="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </f0a9494c369c4d7581c4ef4d8bff67af>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECE41E45-B499-469B-A11E-F2DC80344B25}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92DD7AC8-FD76-4D1E-A93F-2EE54F1A769A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0B1E052-0F6D-417F-842B-E5F022AEFF18}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38767DBA-21EC-44C7-8368-C6E9C42A422B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92DD7AC8-FD76-4D1E-A93F-2EE54F1A769A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1809BF26-ED4D-4CFE-AD63-B198151D40A4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="96e94859-7810-49b5-a037-e6566dac39c3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38767DBA-21EC-44C7-8368-C6E9C42A422B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0B1E052-0F6D-417F-842B-E5F022AEFF18}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d"/>
+    <ds:schemaRef ds:uri="96e94859-7810-49b5-a037-e6566dac39c3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Frese</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A75D9535432F1C40863FC503BEEEC9EE0D004EC19D7536B31C42B84AC214D8EE3D56</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="AANAAudience">
     <vt:lpwstr/>
   </property>