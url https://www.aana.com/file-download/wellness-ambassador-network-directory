--- v1 (2026-01-26)
+++ v2 (2026-03-07)
@@ -1,200 +1,224 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29825"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rfrese\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{ABD7BFA5-EF20-4749-90F3-91529D9A1D08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D5D9F814-E03D-4254-BC93-746F8608F5C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3120" yWindow="3120" windowWidth="19185" windowHeight="10065" xr2:uid="{0FC537D8-7526-46B8-983C-524334E71DC0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0FC537D8-7526-46B8-983C-524334E71DC0}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$C$45</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="169">
   <si>
     <t>WANS</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t xml:space="preserve">Nicholas S Berry, MNA, CRNA </t>
   </si>
   <si>
     <t>nberry84@gmail.com</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
+    <t>Last Updated: 3/2/26</t>
+  </si>
+  <si>
     <t>Dannelle L Paz, DNP, MNA, BSN, CRNA</t>
   </si>
   <si>
     <t>dannellep@yahoo.com</t>
   </si>
   <si>
     <t>Katherine Pehler Ricciardone, MSN, BSN, CRNA</t>
   </si>
   <si>
     <t>pehlekj@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">Angela L Fountain, DNP, CRNA </t>
   </si>
   <si>
     <t>angifountain@yahoo.com</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Ernest A Quier, CRNA</t>
   </si>
   <si>
     <t>equier@phoenixmed.org</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
+    <t>Brittany L Hucko, MSN, CRNA</t>
+  </si>
+  <si>
+    <t>b_hucko107@hotmail.com</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
     <t>George James Antonio, DNAP, CRNA</t>
   </si>
   <si>
     <t>gja27@georgetown.edu</t>
   </si>
   <si>
     <t>DC</t>
   </si>
   <si>
     <t>Suzanne Marie Shields, MBA, MSN, BSN, CRNA</t>
   </si>
   <si>
     <t>smshields33@msn.com</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Kristen L Yoquelet, DNP, CRNA</t>
   </si>
   <si>
     <t>khiscox7@yahoo.com</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>Mayte Diaz, DNP, CRNA, APRN</t>
   </si>
   <si>
     <t>mayte0612@gmail.com</t>
   </si>
   <si>
+    <t>Jennifer Giordano, MSN, CRNA, APRN</t>
+  </si>
+  <si>
+    <t>jaganesthesia@gmail.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Annmarie Kathleen Bodnia, CRNA </t>
   </si>
   <si>
     <t>bodni007@gmail.com</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Kevin Nimitz Chem, CRNA</t>
   </si>
   <si>
     <t>kchem@augusta.edu</t>
   </si>
   <si>
     <t>Louisa Dasher Martin, PhD, MSNA, BSN, CRNA</t>
   </si>
   <si>
     <t>lomartin@augusta.edu</t>
   </si>
   <si>
     <t>Elizabeth Ansley Gay, DNP, BSN, CRNA</t>
   </si>
   <si>
     <t>egay@augusta.edu</t>
   </si>
   <si>
+    <t>Laurie Yates, DNP, CRNA</t>
+  </si>
+  <si>
+    <t>lyates@augusta.edu</t>
+  </si>
+  <si>
     <t>Wendy E Morley, MSA, CRNA, ARNP</t>
   </si>
   <si>
     <t>anesthesiaPRN@gmail.com</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t xml:space="preserve">Kristine Runi Tierney, DNP, CRNA </t>
   </si>
   <si>
     <t>kristine.tierney@my.rfums.org</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Danica D Gaupp, CRNA, APRN</t>
   </si>
   <si>
     <t>danicadm@hotmail.com</t>
   </si>
   <si>
     <t>KS</t>
@@ -301,71 +325,89 @@
   <si>
     <t xml:space="preserve">Cheryl A Burns-Mullett, DNP, JD, MSNA, CRNA </t>
   </si>
   <si>
     <t>burnsmullett@aol.com</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>Danielle Marie Lion, DNP, CRNA, APN</t>
   </si>
   <si>
     <t>danielle.lion@gmail.com</t>
   </si>
   <si>
     <t>NJ</t>
   </si>
   <si>
     <t>Jeffrey Fehder, MSN, MS, CRNA</t>
   </si>
   <si>
     <t>jeffreyfehder@gmail.com</t>
   </si>
   <si>
+    <t>Kimberly Russo, DNP, CRNA</t>
+  </si>
+  <si>
+    <t>kr52266@comcast.net</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dorey E Tilton, CRNA, APRN </t>
   </si>
   <si>
     <t>doreydo@mac.com</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>Ginamarie Martucciello, DNP, CRNA, APRN</t>
   </si>
   <si>
     <t>gmmartucciello@gmail.com</t>
   </si>
   <si>
     <t>Michael Greco, DNP, PhD, MBA, CRNA</t>
   </si>
   <si>
     <t>crna212@aol.com</t>
   </si>
   <si>
+    <t>Robert Worden, MS, CRNA</t>
+  </si>
+  <si>
+    <t>rworden23@yahoo.com</t>
+  </si>
+  <si>
+    <t>Mathew Gabriel, CRNA, CCRN, CRNA-Ret</t>
+  </si>
+  <si>
+    <t>mathew.wgabriel@yahoo.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Joseph Alan Melchi, CRNA, USN(ret) </t>
   </si>
   <si>
     <t>josephmelchi766@msn.com</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>Stephanie B Woodruff, DNP, CRNA, CHSE</t>
   </si>
   <si>
     <t>swoodycrna@gmail.com</t>
   </si>
   <si>
     <t>Ashley J Showers, DNP, MSN, CRNA, FAANA</t>
   </si>
   <si>
     <t>ashleyjeanine@aol.com</t>
   </si>
   <si>
     <t>Molly K. Chaney, DNP, CRNA</t>
   </si>
   <si>
     <t>chaneymk@mail.uc.edu</t>
@@ -448,50 +490,56 @@
   <si>
     <t>Nicole Danielle MacSwain, CRNA</t>
   </si>
   <si>
     <t>nicoledstearns13@gmail.com</t>
   </si>
   <si>
     <t>Derek D Washer, DNP, MBA, MSNA, CRNA</t>
   </si>
   <si>
     <t>derekwasher@yahoo.com</t>
   </si>
   <si>
     <t>Michael Andrepont-Aycock, MSN, CRNA, APRN, PMHNP-BC</t>
   </si>
   <si>
     <t>mikeaycock@prodigy.net</t>
   </si>
   <si>
     <t>Carolyn E Altuna, MSN, BS, BSN, CRNA</t>
   </si>
   <si>
     <t>carolyn.e.boyle@gmail.com</t>
   </si>
   <si>
+    <t>Monica L Jenschke, PhD, CRNA</t>
+  </si>
+  <si>
+    <t>monica.jenschke@icloud.com</t>
+  </si>
+  <si>
     <t>Jodi Carlsen, DNAP, MS, CRNA, APRN</t>
   </si>
   <si>
     <t>gasprincess@gmail.com</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>Tandy A Gustin, DNAP, CRNA</t>
   </si>
   <si>
     <t>gustintandy@hotmail.com</t>
   </si>
   <si>
     <t>Brianne Leigh Jones, MSN, CRNA, APRN</t>
   </si>
   <si>
     <t>nursebjones@gmail.com</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>Michelle Lambert, DNP, MS, CRNA</t>
@@ -500,60 +548,57 @@
     <t>mycrna@gmail.com</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>Candace Wills, MSNA, CRNA, APNP</t>
   </si>
   <si>
     <t>cwillscrna@gmail.com</t>
   </si>
   <si>
     <t>Megan Michele Maine, MHS, BSN, CRNA</t>
   </si>
   <si>
     <t>shepardme59@gmail.com</t>
   </si>
   <si>
     <t>WV</t>
   </si>
   <si>
     <t>Lisa L McKenzie, DNAP, CRNA</t>
   </si>
   <si>
     <t>lmckz70@gmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>Last Updated: 1/5/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -678,51 +723,51 @@
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -731,55 +776,60 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1075,833 +1125,932 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.vanpelt@northeastern.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmmartucciello@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khiscox7@yahoo.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcourtn2@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mycrna@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrewmcguire.crna@outlook.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeffreyfehder@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlovern@samford.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianebtanner42@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivypetals@hotmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bridget.petrillo@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmckz70@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicoledstearns13@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anesthesiaPRN@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lomartin@augusta.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shepardme59@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gustintandy@hotmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danicadm@hotmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kafoster1223@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hunnicuttcl@vcu.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gasprincess@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09danielle.lion@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarahbee@me.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:derekwasher@yahoo.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolyn.e.boyle@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smshields33@msn.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbeddow1@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mayte0612@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwitsberger@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swoodycrna@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kchem@augusta.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pehlekj@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashleyjeanine@aol.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steege.jenna@mayo.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gja27@georgetown.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddiaz@aanabod.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cwillscrna@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crna212@aol.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjimes7@aol.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:burnsmullett@aol.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09diannaheikkilacrna@msn.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaneymk@mail.uc.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adamdurant@live.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egay@augusta.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikeaycock@prodigy.net" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anknee44@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nursebjones@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emily.funk@duke.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amdawson01@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dannellep@yahoo.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.vanpelt@northeastern.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmmartucciello@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khiscox7@yahoo.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcourtn2@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mycrna@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrewmcguire.crna@outlook.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeffreyfehder@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlovern@samford.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianebtanner42@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaganesthesia@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivypetals@hotmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bridget.petrillo@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmckz70@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicoledstearns13@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anesthesiaPRN@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lomartin@augusta.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shepardme59@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gustintandy@hotmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danicadm@hotmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kafoster1223@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:b_hucko107@hotmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hunnicuttcl@vcu.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbeddow1@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swoodycrna@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kchem@augusta.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pehlekj@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashleyjeanine@aol.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steege.jenna@mayo.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gja27@georgetown.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddiaz@aanabod.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cwillscrna@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crna212@aol.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kr52266@comcast.net" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjimes7@aol.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monica.jenschke@icloud.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:burnsmullett@aol.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09diannaheikkilacrna@msn.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaneymk@mail.uc.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adamdurant@live.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egay@augusta.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikeaycock@prodigy.net" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anknee44@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nursebjones@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emily.funk@duke.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rworden23@yahoo.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amdawson01@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dannellep@yahoo.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gasprincess@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%09danielle.lion@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarahbee@me.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:derekwasher@yahoo.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolyn.e.boyle@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mathew.wgabriel@yahoo.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smshields33@msn.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mayte0612@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwitsberger@yahoo.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyates@augusta.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F3C56EB-A98A-4701-A2A2-5EC7C2E27068}">
-  <dimension ref="A1:H60"/>
+  <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H7" sqref="H7"/>
+      <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="56.7109375" customWidth="1"/>
     <col min="2" max="2" width="39.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.85546875" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" ht="21">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8">
       <c r="A2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="29" t="s">
-[...5 lines deleted...]
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="F2" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+    </row>
+    <row r="3" spans="1:8">
       <c r="A3" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="29"/>
-[...3 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="F3" s="28"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="28"/>
+    </row>
+    <row r="4" spans="1:8">
       <c r="A4" s="3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8">
       <c r="A5" s="3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
       <c r="A6" s="8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      <c r="A7" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="6" t="s">
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="B7" s="26" t="s">
         <v>18</v>
       </c>
-    </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C7" s="27" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
       <c r="A11" s="3" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B11" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="5" t="s">
-[...7 lines deleted...]
-      <c r="B12" s="10" t="s">
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="C12" s="7" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B12" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="27" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
       <c r="A13" s="3" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B13" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C13" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="3" t="s">
+      <c r="B13" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="C13" s="5" t="s">
         <v>35</v>
       </c>
+    </row>
+    <row r="14" spans="1:8" ht="15.75">
+      <c r="A14" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>37</v>
+      </c>
       <c r="C14" s="11" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
       <c r="A16" s="12" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="B16" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="C16" s="5" t="s">
+      <c r="B16" s="15" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="14" t="s">
+      <c r="C16" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="B17" s="15" t="s">
+      <c r="B17" s="30" t="s">
         <v>43</v>
       </c>
-      <c r="C17" s="16" t="s">
+      <c r="C17" s="27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="12" t="s">
         <v>44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="12" t="s">
+      <c r="B18" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="B18" s="15" t="s">
+      <c r="C18" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="C18" s="17" t="s">
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="12" t="s">
         <v>47</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="12" t="s">
+      <c r="B19" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="B19" s="15" t="s">
+      <c r="C19" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C19" s="5" t="s">
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="14" t="s">
         <v>50</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="12" t="s">
+      <c r="B20" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="B20" s="13" t="s">
+      <c r="C20" s="16" t="s">
         <v>52</v>
       </c>
-      <c r="C20" s="5" t="s">
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="3" t="s">
         <v>53</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="3" t="s">
+      <c r="B21" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="B21" s="6" t="s">
+      <c r="C21" s="17" t="s">
         <v>55</v>
       </c>
-      <c r="C21" s="7" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="C22" s="7" t="s">
+      <c r="C22" s="5" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A23" s="20" t="s">
+    <row r="23" spans="1:3">
+      <c r="A23" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B23" s="6" t="s">
+      <c r="B23" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="C23" s="16" t="s">
+      <c r="C23" s="5" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C24" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="18" t="s">
         <v>64</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="18" t="s">
+      <c r="B25" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="B25" s="19" t="s">
+      <c r="C25" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="C25" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="3" t="s">
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="20" t="s">
         <v>67</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="C26" s="7" t="s">
+      <c r="C26" s="16" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A27" s="20" t="s">
+    <row r="27" spans="1:3">
+      <c r="A27" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="C27" s="16" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="14" t="s">
+      <c r="C27" s="7" t="s">
         <v>72</v>
       </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="12" t="s">
+        <v>73</v>
+      </c>
       <c r="B28" s="15" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="C28" s="16" t="s">
         <v>74</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="14" t="s">
+      <c r="C28" s="7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="12" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="C29" s="16" t="s">
+      <c r="C29" s="7" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
+    <row r="30" spans="1:3">
+      <c r="A30" s="20" t="s">
         <v>78</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="C30" s="5" t="s">
+      <c r="C30" s="16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="20" t="s">
         <v>80</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="3" t="s">
+      <c r="B31" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="B31" s="6" t="s">
+      <c r="C31" s="16" t="s">
         <v>82</v>
       </c>
-      <c r="C31" s="7" t="s">
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="20" t="s">
         <v>83</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="20" t="s">
+      <c r="B32" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="C32" s="16" t="s">
         <v>85</v>
       </c>
-      <c r="C32" s="16" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:3">
       <c r="A33" s="12" t="s">
         <v>86</v>
       </c>
-      <c r="B33" s="13" t="s">
+      <c r="B33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3">
       <c r="A34" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
       <c r="A35" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C35" s="16" t="s">
         <v>91</v>
       </c>
-      <c r="B35" s="6" t="s">
-[...10 lines deleted...]
-      <c r="B36" s="4" t="s">
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="25" t="s">
         <v>94</v>
       </c>
-      <c r="C36" s="5" t="s">
+      <c r="B36" s="26" t="s">
         <v>95</v>
       </c>
-    </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C36" s="27" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
       <c r="A37" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B37" s="6" t="s">
+      <c r="B37" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="C37" s="7" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C37" s="5" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
       <c r="A38" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C38" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="B38" s="6" t="s">
-[...8 lines deleted...]
-        <v>100</v>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="20" t="s">
+        <v>101</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-      <c r="A40" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B40" s="4" t="s">
+      <c r="C39" s="16" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="25" t="s">
         <v>103</v>
       </c>
-      <c r="C40" s="5" t="s">
+      <c r="B40" s="26" t="s">
         <v>104</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="3" t="s">
+      <c r="C40" s="27" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="25" t="s">
         <v>105</v>
       </c>
-      <c r="B41" s="6" t="s">
+      <c r="B41" s="26" t="s">
         <v>106</v>
       </c>
-      <c r="C41" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="20" t="s">
+      <c r="C41" s="27" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B42" s="6" t="s">
+      <c r="B42" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="C42" s="16" t="s">
-[...3 lines deleted...]
-    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C42" s="5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
       <c r="A43" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="B43" s="6" t="s">
-[...6 lines deleted...]
-    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="44" spans="1:3">
       <c r="A44" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="C44" s="5" t="s">
+      <c r="C44" s="7" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="3" t="s">
         <v>114</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="3" t="s">
+      <c r="B45" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="B45" s="6" t="s">
+      <c r="C45" s="7" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="C45" s="7" t="s">
+      <c r="B46" s="4" t="s">
         <v>117</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="3" t="s">
+      <c r="C46" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="B46" s="6" t="s">
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="C46" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A47" s="20" t="s">
+      <c r="B47" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="B47" s="6" t="s">
+      <c r="C47" s="7" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="20" t="s">
         <v>121</v>
       </c>
-      <c r="C47" s="16" t="s">
-[...4 lines deleted...]
-      <c r="A48" s="25" t="s">
+      <c r="B48" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="B48" s="26" t="s">
+      <c r="C48" s="16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="21" t="s">
         <v>123</v>
       </c>
-      <c r="C48" s="27" t="s">
-[...4 lines deleted...]
-      <c r="A49" s="21" t="s">
+      <c r="B49" s="22" t="s">
         <v>124</v>
       </c>
-      <c r="B49" s="22" t="s">
+      <c r="C49" s="11" t="s">
         <v>125</v>
       </c>
-      <c r="C49" s="28" t="s">
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="3" t="s">
         <v>126</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="3" t="s">
+      <c r="B50" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="B50" s="6" t="s">
+      <c r="C50" s="32" t="s">
         <v>128</v>
       </c>
-      <c r="C50" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="20" t="s">
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="C51" s="24" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="20" t="s">
+      <c r="C51" s="23" t="s">
         <v>131</v>
       </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="3" t="s">
+        <v>132</v>
+      </c>
       <c r="B52" s="6" t="s">
-        <v>132</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+      <c r="C52" s="23" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
       <c r="A53" s="20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C53" s="16" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      <c r="B54" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="25" t="s">
         <v>136</v>
       </c>
-      <c r="C54" s="7" t="s">
+      <c r="B54" s="26" t="s">
         <v>137</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" s="20" t="s">
+      <c r="C54" s="27" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="C55" s="16" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C55" s="5" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
       <c r="A56" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" s="23" t="s">
         <v>140</v>
       </c>
-      <c r="B56" s="15" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="12" t="s">
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="14" t="s">
         <v>143</v>
       </c>
       <c r="B57" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="C57" s="23" t="s">
+      <c r="C57" s="24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="14" t="s">
         <v>145</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="14" t="s">
+      <c r="B58" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="B58" s="15" t="s">
+      <c r="C58" s="24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="14" t="s">
         <v>147</v>
       </c>
-      <c r="C58" s="24" t="s">
-[...4 lines deleted...]
-      <c r="A59" s="12" t="s">
+      <c r="B59" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="B59" s="15" t="s">
+      <c r="C59" s="24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="29" t="s">
         <v>149</v>
       </c>
-      <c r="C59" s="23" t="s">
+      <c r="B60" s="30" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A60" s="12" t="s">
+      <c r="C60" s="31" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="B60" s="15" t="s">
+      <c r="B61" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="C60" s="23" t="s">
-        <v>150</v>
+      <c r="C61" s="23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="C62" s="24" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="B63" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="C63" s="23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="B64" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="C64" s="23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="14" t="s">
+        <v>162</v>
+      </c>
+      <c r="B65" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="C65" s="24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="B66" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="C66" s="23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="B67" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="C67" s="23" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C45" xr:uid="{5F3C56EB-A98A-4701-A2A2-5EC7C2E27068}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C60">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C67">
       <sortCondition ref="C1:C45"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="F2:H3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B18" r:id="rId1" display="mailto:amdawson01@gmail.com" xr:uid="{D032C3F4-AD35-4690-8A77-CAE68D62AAFB}"/>
-[...3 lines deleted...]
-    <hyperlink ref="B45" r:id="rId5" display="mailto:hunnicuttcl@vcu.edu" xr:uid="{1087C4C4-509F-401F-AE2B-BA149BA584B5}"/>
+    <hyperlink ref="B21" r:id="rId1" display="mailto:amdawson01@gmail.com" xr:uid="{D032C3F4-AD35-4690-8A77-CAE68D62AAFB}"/>
+    <hyperlink ref="B55" r:id="rId2" display="mailto:bridget.petrillo@gmail.com" xr:uid="{B1E2BC9F-D134-449F-B427-F3BA1C81D0AA}"/>
+    <hyperlink ref="B33" r:id="rId3" display="mailto:burnsmullett@aol.com" xr:uid="{3B05CDD6-C297-4860-99A1-E73E0D9861D6}"/>
+    <hyperlink ref="B43" r:id="rId4" display="mailto:swoodycrna@gmail.com" xr:uid="{8FE0C58D-F5B5-47E1-B6F1-1879AA49B515}"/>
+    <hyperlink ref="B51" r:id="rId5" display="mailto:hunnicuttcl@vcu.edu" xr:uid="{1087C4C4-509F-401F-AE2B-BA149BA584B5}"/>
     <hyperlink ref="B3" r:id="rId6" display="mailto:dannellep@yahoo.com" xr:uid="{F1A10148-7346-4267-8F97-5DFDD812C1FE}"/>
-    <hyperlink ref="B26" r:id="rId7" display="mailto:ivypetals@hotmail.com" xr:uid="{17B748A6-0BFE-4745-9D71-1A8F523F81AD}"/>
-[...5 lines deleted...]
-    <hyperlink ref="B21" r:id="rId13" display="mailto:m.vanpelt@northeastern.edu" xr:uid="{E013942A-05F9-4E51-A7F6-9006BCEDE0A0}"/>
+    <hyperlink ref="B29" r:id="rId7" display="mailto:ivypetals@hotmail.com" xr:uid="{17B748A6-0BFE-4745-9D71-1A8F523F81AD}"/>
+    <hyperlink ref="B22" r:id="rId8" display="mailto:jjimes7@aol.com" xr:uid="{2E1D4BA7-45B3-4E41-9A98-34F324094430}"/>
+    <hyperlink ref="B14" r:id="rId9" display="mailto:kchem@augusta.edu" xr:uid="{C90CF889-F5F6-4A00-B28F-AE74CFFF79D6}"/>
+    <hyperlink ref="B9" r:id="rId10" display="mailto:smshields33@msn.com" xr:uid="{BC275086-727C-4700-9C6B-DBEDC579ECCC}"/>
+    <hyperlink ref="B18" r:id="rId11" display="mailto:anesthesiaPRN@gmail.com" xr:uid="{33D36BDC-731E-474A-BAEC-098B5ECD0ADF}"/>
+    <hyperlink ref="B27" r:id="rId12" display="mailto:%09diannaheikkilacrna@msn.com" xr:uid="{E2D712A2-A758-41D3-BCBC-BFDE73F99287}"/>
+    <hyperlink ref="B24" r:id="rId13" display="mailto:m.vanpelt@northeastern.edu" xr:uid="{E013942A-05F9-4E51-A7F6-9006BCEDE0A0}"/>
     <hyperlink ref="B4" r:id="rId14" display="mailto:pehlekj@gmail.com" xr:uid="{0849E077-92AB-4B90-9693-3719FAB397CA}"/>
-    <hyperlink ref="B54" r:id="rId15" display="mailto:gasprincess@gmail.com" xr:uid="{A42276E9-A611-4703-B136-7A65E25C6FFF}"/>
-[...34 lines deleted...]
-    <hyperlink ref="B48" r:id="rId50" xr:uid="{10405DF8-3504-4C84-8F36-E3DBC32EB3C2}"/>
+    <hyperlink ref="B61" r:id="rId15" display="mailto:gasprincess@gmail.com" xr:uid="{A42276E9-A611-4703-B136-7A65E25C6FFF}"/>
+    <hyperlink ref="B67" r:id="rId16" display="mailto:lmckz70@gmail.com" xr:uid="{864A228C-6400-4B55-A614-51DD8AA68795}"/>
+    <hyperlink ref="B45" r:id="rId17" display="mailto:chaneymk@mail.uc.edu" xr:uid="{66F02E35-3204-4380-8251-AD80D91A1696}"/>
+    <hyperlink ref="B38" r:id="rId18" display="mailto:gmmartucciello@gmail.com" xr:uid="{BF6AB743-1110-409C-AEB4-9968DE1FC7E3}"/>
+    <hyperlink ref="B25" r:id="rId19" display="mailto:sbeddow1@gmail.com" xr:uid="{680489F3-9309-4031-9623-90B981167A58}"/>
+    <hyperlink ref="B63" r:id="rId20" display="mailto:nursebjones@gmail.com" xr:uid="{B38D40E0-781C-4F20-8603-2FD356CECB7A}"/>
+    <hyperlink ref="B64" r:id="rId21" display="mailto:mycrna@gmail.com" xr:uid="{B1AB70C2-5822-41C3-AA67-CE81D425A0C1}"/>
+    <hyperlink ref="B44" r:id="rId22" display="mailto:ashleyjeanine@aol.com" xr:uid="{6A5A9398-DEA4-4384-B955-968A5D172B61}"/>
+    <hyperlink ref="B34" r:id="rId23" display="mailto:%09danielle.lion@gmail.com" xr:uid="{A0C505BE-4894-4762-8BC9-9332C8FA6313}"/>
+    <hyperlink ref="B15" r:id="rId24" display="mailto:lomartin@augusta.edu" xr:uid="{078DB47D-48AD-4291-AB8A-0D8B9BBC2E5D}"/>
+    <hyperlink ref="B50" r:id="rId25" display="mailto:adamdurant@live.com" xr:uid="{6EB8EF74-1390-46BA-8E0E-4A2ED7ADB183}"/>
+    <hyperlink ref="B10" r:id="rId26" display="mailto:khiscox7@yahoo.com" xr:uid="{C9B7FF79-BDBC-480C-8B53-C672D8729787}"/>
+    <hyperlink ref="B28" r:id="rId27" display="mailto:steege.jenna@mayo.edu" xr:uid="{182241C9-F6E7-4FF7-91D3-E335E0D83129}"/>
+    <hyperlink ref="B52" r:id="rId28" display="mailto:sarahbee@me.com" xr:uid="{B4E815CA-7623-42BC-BEB5-A293AAC3446A}"/>
+    <hyperlink ref="B56" r:id="rId29" display="mailto:nicoledstearns13@gmail.com" xr:uid="{DBD3408E-4817-42A6-861F-F8671F33D651}"/>
+    <hyperlink ref="B8" r:id="rId30" display="mailto:gja27@georgetown.edu" xr:uid="{7777D63D-60D5-4B8D-8E85-781AF64C4BC8}"/>
+    <hyperlink ref="B11" r:id="rId31" display="mailto:mayte0612@gmail.com" xr:uid="{B7EADCCC-84F0-49B5-A562-35CB9017DFA0}"/>
+    <hyperlink ref="B66" r:id="rId32" display="mailto:shepardme59@gmail.com" xr:uid="{DA32FC10-E370-49CB-B608-6C36B90CA526}"/>
+    <hyperlink ref="B16" r:id="rId33" display="mailto:egay@augusta.edu" xr:uid="{A4106292-31D2-4955-8B3C-C4B790ADDB38}"/>
+    <hyperlink ref="B47" r:id="rId34" display="mailto:andrewmcguire.crna@outlook.com" xr:uid="{2787C9AB-E454-4B29-ADC6-14232A62CAFC}"/>
+    <hyperlink ref="B49" r:id="rId35" display="mailto:ddiaz@aanabod.com" xr:uid="{E9F9EA77-5D8C-4F96-B64B-34F4F3146353}"/>
+    <hyperlink ref="B57" r:id="rId36" xr:uid="{FB91A0AA-9877-496E-A760-0C720A3CAB11}"/>
+    <hyperlink ref="B62" r:id="rId37" xr:uid="{D15320E0-952A-4D9E-9818-2C1E3A190656}"/>
+    <hyperlink ref="B58" r:id="rId38" xr:uid="{8CE984AC-5EFB-4F36-9352-C88F545FFF8F}"/>
+    <hyperlink ref="B53" r:id="rId39" xr:uid="{34395DA2-27EB-4CDB-BF96-373D263481B6}"/>
+    <hyperlink ref="B20" r:id="rId40" xr:uid="{E6F5D1D6-678B-4E2C-A4C9-241FB1241B2F}"/>
+    <hyperlink ref="B32" r:id="rId41" xr:uid="{B382FCD1-F500-45C4-B04B-6CD749B86B2F}"/>
+    <hyperlink ref="B35" r:id="rId42" xr:uid="{067D7A76-63C3-42E7-BC21-25169A24EFD7}"/>
+    <hyperlink ref="B65" r:id="rId43" xr:uid="{E4DAEEE1-DD00-45A0-9431-ACD41F99A845}"/>
+    <hyperlink ref="B30" r:id="rId44" xr:uid="{AB7766C3-54AC-4B35-BBBD-1EAA7927C45C}"/>
+    <hyperlink ref="B48" r:id="rId45" xr:uid="{6476B936-3F63-4BD7-8619-539DE175BBC0}"/>
+    <hyperlink ref="B26" r:id="rId46" xr:uid="{627A1D09-66C8-4AAC-A6E9-871B88279C25}"/>
+    <hyperlink ref="B31" r:id="rId47" xr:uid="{01DB0D21-5125-4F2D-9D5D-05252600147D}"/>
+    <hyperlink ref="B39" r:id="rId48" xr:uid="{9D9B6559-BD84-4B57-AD07-3F650D61D71C}"/>
+    <hyperlink ref="B59" r:id="rId49" xr:uid="{B12A74A1-9EBF-4DA9-8111-768DB1F553D9}"/>
+    <hyperlink ref="B54" r:id="rId50" xr:uid="{10405DF8-3504-4C84-8F36-E3DBC32EB3C2}"/>
+    <hyperlink ref="B60" r:id="rId51" xr:uid="{23EBF795-D39B-4812-AA70-2298DD2ADD11}"/>
+    <hyperlink ref="B17" r:id="rId52" xr:uid="{E4BE2DB9-0278-453D-86AF-67D21796D3BE}"/>
+    <hyperlink ref="B7" r:id="rId53" xr:uid="{046D2A21-30DA-4752-9078-78DEFF623241}"/>
+    <hyperlink ref="B40" r:id="rId54" xr:uid="{A99A5A46-03CE-4F95-8AE1-E08A2ED5B8C5}"/>
+    <hyperlink ref="B12" r:id="rId55" xr:uid="{DC0910CE-74D9-4190-9D8E-424F8AFFBBEB}"/>
+    <hyperlink ref="B36" r:id="rId56" xr:uid="{67787DDC-5E27-4E5D-A059-230F179037D2}"/>
+    <hyperlink ref="B41" r:id="rId57" xr:uid="{DAC98B5B-26E6-4F61-BD64-D8741F1E0D9F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId51"/>
+  <pageSetup orientation="portrait" r:id="rId58"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxKeywordTaxHTField xmlns="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d" xsi:nil="true"/>
+    <AANAPublishWeb xmlns="96e94859-7810-49b5-a037-e6566dac39c3">false</AANAPublishWeb>
+    <_EndDate xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">2025-09-04T20:31:48+00:00</_EndDate>
+    <TaxCatchAll xmlns="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d" xsi:nil="true"/>
+    <StartDate xmlns="http://schemas.microsoft.com/sharepoint/v3">2025-09-04T20:31:48+00:00</StartDate>
+    <f0a9494c369c4d7581c4ef4d8bff67af xmlns="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </f0a9494c369c4d7581c4ef4d8bff67af>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="433fd6c5-7e19-4512-a9f9-01e578268122" ContentTypeId="0x010100A75D9535432F1C40863FC503BEEEC9EE0D" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="AANA Document" ma:contentTypeID="0x010100A75D9535432F1C40863FC503BEEEC9EE0D004EC19D7536B31C42B84AC214D8EE3D56" ma:contentTypeVersion="21" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="d9a5f203d84705c0ffa801a83b5097b1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns5="96e94859-7810-49b5-a037-e6566dac39c3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8f5814d9bd13139319ef8530512e817" ns1:_="" ns2:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8cabf34f-ef52-4c5a-9bf7-ff428a0eda7d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="96e94859-7810-49b5-a037-e6566dac39c3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns1:StartDate"/>
                 <xsd:element ref="ns4:_EndDate" minOccurs="0"/>
                 <xsd:element ref="ns5:AANAPublishWeb" minOccurs="0"/>
                 <xsd:element ref="ns2:f0a9494c369c4d7581c4ef4d8bff67af" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -2048,153 +2197,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92DD7AC8-FD76-4D1E-A93F-2EE54F1A769A}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0B1E052-0F6D-417F-842B-E5F022AEFF18}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38767DBA-21EC-44C7-8368-C6E9C42A422B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92DD7AC8-FD76-4D1E-A93F-2EE54F1A769A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1809BF26-ED4D-4CFE-AD63-B198151D40A4}">
-[...16 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38767DBA-21EC-44C7-8368-C6E9C42A422B}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0B1E052-0F6D-417F-842B-E5F022AEFF18}">
-[...8 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1809BF26-ED4D-4CFE-AD63-B198151D40A4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Frese</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A75D9535432F1C40863FC503BEEEC9EE0D004EC19D7536B31C42B84AC214D8EE3D56</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="AANAAudience">
     <vt:lpwstr/>
   </property>